--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -1,162 +1,162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055d15c238e84b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f40b6cc19f2c448d99a18474db94b748.psmdcp" Id="R43a801648c574978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf149cc31449c4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40f0919f3ac144519229a022685cf3e2.psmdcp" Id="R0a1a7ece3bc947aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Dust Suppression Acres Counted Towards SWRCB WR 2017-0134 Target</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Interim Dust Suppression</x:t>
+  </x:si>
+  <x:si>
     <x:t>Completed Dust Suppression</x:t>
   </x:si>
   <x:si>
-    <x:t>Interim Dust Suppression</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish and Wildlife Habitat Acres Counted Towards SWRCB WR 2017-0134 Target</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Converted Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Converted From</x:t>
   </x:si>
   <x:si>
     <x:t>Fish and Wildlife Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Endangered &amp; Special Status Species Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Public Amenities &amp; Recreation Access</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Amenity Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Water access points for non-motorized boating</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public viewing areas</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hiking, birdwatching trails</x:t>
   </x:si>
   <x:si>
-    <x:t>Public viewing areas</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Jobs Created</x:t>
   </x:si>
   <x:si>
     <x:t>Surface Roughening Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation Enhancement Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Tamarisk removal</x:t>
+  </x:si>
+  <x:si>
     <x:t>Halophytic scrub</x:t>
   </x:si>
   <x:si>
     <x:t>Palo verde/mesquite</x:t>
   </x:si>
   <x:si>
-    <x:t>Tamarisk removal</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aquatic Habitat Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
     <x:t>Deep water habitat</x:t>
   </x:si>
   <x:si>
+    <x:t>Shallow water habitat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid water habitat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Drain interception ditch</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Shallow water habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Wetland Habitat Created</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -494,54 +494,54 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="69.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.450625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.670625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="26.430625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="8" max="8" width="20.490625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="41.990625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="26.430625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="24.000625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="22.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -602,54 +602,54 @@
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
         <x:v>14</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>