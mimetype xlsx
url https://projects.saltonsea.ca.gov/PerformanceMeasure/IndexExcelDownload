--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf149cc31449c4ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40f0919f3ac144519229a022685cf3e2.psmdcp" Id="R0a1a7ece3bc947aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb455909e1dfd41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b29d4f29b2ca49148018f62b4015003e.psmdcp" Id="Rfa8a7e7ce435497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>