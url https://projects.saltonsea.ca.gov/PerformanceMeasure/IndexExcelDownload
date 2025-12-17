--- v2 (2025-11-27)
+++ v3 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb455909e1dfd41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b29d4f29b2ca49148018f62b4015003e.psmdcp" Id="Rfa8a7e7ce435497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bbbf9dc1a34a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fad6b171c0ec4ca981c4250b88319d33.psmdcp" Id="R75150e7e063c4997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>