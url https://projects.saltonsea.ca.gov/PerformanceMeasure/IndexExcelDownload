--- v3 (2025-12-17)
+++ v4 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bbbf9dc1a34a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fad6b171c0ec4ca981c4250b88319d33.psmdcp" Id="R75150e7e063c4997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c2d712821c4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19b9f0f69b8246a3815c3dd9d772d3e1.psmdcp" Id="R55073ffa27b343dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>