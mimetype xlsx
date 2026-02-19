--- v4 (2026-01-09)
+++ v5 (2026-02-19)
@@ -1,162 +1,162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c2d712821c4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/19b9f0f69b8246a3815c3dd9d772d3e1.psmdcp" Id="R55073ffa27b343dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f8fe475c97490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d7124c4053c4ac2a7c47d5976e40450.psmdcp" Id="R7e2b3250d2754512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t>Dust Suppression Acres Counted Towards SWRCB WR 2017-0134 Target</x:t>
   </x:si>
   <x:si>
     <x:t>Acre (acres)</x:t>
   </x:si>
   <x:si>
     <x:t>Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Completed Dust Suppression</x:t>
+  </x:si>
+  <x:si>
     <x:t>Interim Dust Suppression</x:t>
   </x:si>
   <x:si>
-    <x:t>Completed Dust Suppression</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fish and Wildlife Habitat Acres Counted Towards SWRCB WR 2017-0134 Target</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>Converted Acres</x:t>
   </x:si>
   <x:si>
     <x:t>Converted From</x:t>
   </x:si>
   <x:si>
     <x:t>Fish and Wildlife Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Endangered &amp; Special Status Species Habitat</x:t>
   </x:si>
   <x:si>
     <x:t>Public Amenities &amp; Recreation Access</x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t>Amenity Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Hiking, birdwatching trails</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public viewing areas</x:t>
+  </x:si>
+  <x:si>
     <x:t>Water access points for non-motorized boating</x:t>
   </x:si>
   <x:si>
-    <x:t>Public viewing areas</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Jobs Created</x:t>
   </x:si>
   <x:si>
     <x:t>Surface Roughening Conducted</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation Enhancement Performed</x:t>
   </x:si>
   <x:si>
     <x:t>Vegetation Type</x:t>
   </x:si>
   <x:si>
+    <x:t>Halophytic scrub</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo verde/mesquite</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tamarisk removal</x:t>
   </x:si>
   <x:si>
-    <x:t>Halophytic scrub</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aquatic Habitat Created</x:t>
   </x:si>
   <x:si>
     <x:t>Habitat Type</x:t>
   </x:si>
   <x:si>
     <x:t>Deep water habitat</x:t>
   </x:si>
   <x:si>
+    <x:t>Drain interception ditch</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mid water habitat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shallow water habitat</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Drain interception ditch</x:t>
   </x:si>
   <x:si>
     <x:t>Wetland Habitat Created</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -494,54 +494,54 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="69.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.450625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.670625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="41.990625" style="0" customWidth="1"/>
-[...2 lines deleted...]
-    <x:col min="8" max="8" width="22.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="26.430625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="23.320625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="41.990625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="20.490625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -602,54 +602,54 @@
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>6</x:v>