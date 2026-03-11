--- v5 (2026-02-19)
+++ v6 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f8fe475c97490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d7124c4053c4ac2a7c47d5976e40450.psmdcp" Id="R7e2b3250d2754512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb342a3c84a3e4460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a561f99919a40018c459276eb6d55dc.psmdcp" Id="R3c547b5e52cc48aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Activities &amp; Outcomes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Activities &amp; Outcomes</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>